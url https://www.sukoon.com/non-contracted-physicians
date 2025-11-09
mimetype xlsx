--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -3,62 +3,62 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26731"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\NETWORK ON CLICK!\ADMIN ON CLICK!\NETWORK LIST\New folder\October 2025\EXTRAS\Bupa Montly updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\NETWORK ON CLICK!\ADMIN ON CLICK!\NETWORK LIST\2025-Network List\November 2025\EXTRAS\Bupa Montly updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F988C7B3-891F-47FA-A288-A5097796E635}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7B33F8F-532F-4B1A-B91E-DB7DA5A92713}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Non Contracted Physicians " sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Non Contracted Physicians '!$7:$231</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Non Contracted Physicians '!$7:$234</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="470">
   <si>
     <t>Clinician License</t>
@@ -732,71 +732,65 @@
   <si>
     <t>H3395</t>
   </si>
   <si>
     <t>Dr Jimmy Joykutty Thomas</t>
   </si>
   <si>
     <t>D17454</t>
   </si>
   <si>
     <t>GD17521</t>
   </si>
   <si>
     <t>GD38820</t>
   </si>
   <si>
     <t>DHA-P-0225760</t>
   </si>
   <si>
     <t>V4397</t>
   </si>
   <si>
     <t>MOHV4397</t>
   </si>
   <si>
-    <t>DHA-P-0221515</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr Abdul Rahman Ahmad Alkrad</t>
   </si>
   <si>
     <t>Dr Morteza Karimi Seffat</t>
   </si>
   <si>
     <t xml:space="preserve">Dr Pervez Muhammad Aslam </t>
   </si>
   <si>
     <t>Dr Abdul Malik Nadirsha</t>
   </si>
   <si>
     <t>Dr Suji Shajahan</t>
   </si>
   <si>
-    <t>Dr Hayat Ahmed Khan</t>
-[...1 lines deleted...]
-  <si>
     <t>DHA-P-0248199</t>
   </si>
   <si>
     <t>Dr Rajat Dutta</t>
   </si>
   <si>
     <t>DHA-P-61875412</t>
   </si>
   <si>
     <t>Dr Ali Al Ghrebawi</t>
   </si>
   <si>
     <t>MOHD69007</t>
   </si>
   <si>
     <t>MOHD18668</t>
   </si>
   <si>
     <t>MOHD64267</t>
   </si>
   <si>
     <t>MOHD67567</t>
   </si>
   <si>
     <t>Dr Ajmal Hashar</t>
@@ -1447,57 +1441,63 @@
     <t>DHA-P-0068477</t>
   </si>
   <si>
     <t xml:space="preserve">Dr Victoria Geoge </t>
   </si>
   <si>
     <t xml:space="preserve">Dermatologist </t>
   </si>
   <si>
     <t>DHA-P-0230298</t>
   </si>
   <si>
     <t>Dr Al Basil Shareef</t>
   </si>
   <si>
     <t>D64267</t>
   </si>
   <si>
     <t>Dr Shijina Manikkoth</t>
   </si>
   <si>
     <t>DHA-P-0151860</t>
   </si>
   <si>
     <t>Dr Lubna Mohammad</t>
+  </si>
+  <si>
+    <t>GD10693</t>
+  </si>
+  <si>
+    <t>Dr Khalid Zaki Abd Elhamied</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1521,78 +1521,85 @@
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7030A0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF5E00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -1602,65 +1609,54 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
-      </top>
-[...11 lines deleted...]
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1671,62 +1667,64 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 4" xfId="1" xr:uid="{9BB5CDD4-282E-46F9-903F-6AFE3CBC0F22}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
@@ -2009,51 +2007,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:XFD292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+      <selection activeCell="C245" sqref="C245"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="45" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="5" max="16384" width="0" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16384" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="11"/>
       <c r="B1" s="12"/>
       <c r="C1" s="11"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
     </row>
     <row r="2" spans="1:16384" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="11"/>
       <c r="B2" s="12"/>
       <c r="C2" s="11"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
     </row>
@@ -10229,55 +10227,55 @@
       <c r="XDK3" s="11"/>
       <c r="XDM3" s="11"/>
       <c r="XDO3" s="11"/>
       <c r="XDQ3" s="11"/>
       <c r="XDS3" s="11"/>
       <c r="XDU3" s="11"/>
       <c r="XDW3" s="11"/>
       <c r="XDY3" s="11"/>
       <c r="XEA3" s="11"/>
       <c r="XEC3" s="11"/>
       <c r="XEE3" s="11"/>
       <c r="XEG3" s="11"/>
       <c r="XEI3" s="11"/>
       <c r="XEK3" s="11"/>
       <c r="XEM3" s="11"/>
       <c r="XEO3" s="11"/>
       <c r="XEQ3" s="11"/>
       <c r="XES3" s="11"/>
       <c r="XEU3" s="11"/>
       <c r="XEW3" s="11"/>
       <c r="XEY3" s="11"/>
       <c r="XFA3" s="11"/>
       <c r="XFC3" s="11"/>
     </row>
     <row r="4" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
+      <c r="A4" s="30" t="s">
         <v>191</v>
       </c>
-      <c r="B4" s="27"/>
-      <c r="C4" s="27"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="30"/>
       <c r="D4" s="12"/>
       <c r="E4" s="11"/>
       <c r="F4" s="12"/>
       <c r="G4" s="11"/>
       <c r="H4" s="12"/>
       <c r="I4" s="11"/>
       <c r="J4" s="12"/>
       <c r="K4" s="11"/>
       <c r="L4" s="12"/>
       <c r="M4" s="11"/>
       <c r="N4" s="12"/>
       <c r="O4" s="11"/>
       <c r="P4" s="12"/>
       <c r="Q4" s="11"/>
       <c r="R4" s="12"/>
       <c r="S4" s="11"/>
       <c r="T4" s="12"/>
       <c r="U4" s="11"/>
       <c r="V4" s="12"/>
       <c r="W4" s="11"/>
       <c r="X4" s="12"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="12"/>
       <c r="AA4" s="11"/>
       <c r="AB4" s="12"/>
@@ -43022,2706 +43020,2708 @@
       <c r="XFA5" s="11"/>
       <c r="XFB5" s="12"/>
       <c r="XFC5" s="11"/>
       <c r="XFD5" s="12"/>
     </row>
     <row r="6" spans="1:16384" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
     </row>
     <row r="9" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>227</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="10" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="20" t="s">
         <v>217</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="11" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="20" t="s">
         <v>218</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="12" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="20" t="s">
         <v>219</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="13" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="20" t="s">
         <v>220</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="14" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="20" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="15" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="20" t="s">
         <v>222</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="16" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="20" t="s">
         <v>229</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="20" t="s">
         <v>230</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="19" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E19" s="22"/>
     </row>
     <row r="20" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
     </row>
     <row r="21" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="22" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
     </row>
     <row r="23" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
     </row>
     <row r="24" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>177</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>165</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="20" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B26" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
     </row>
     <row r="27" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>92</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
     </row>
     <row r="28" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
     </row>
     <row r="29" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
     </row>
     <row r="30" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B30" s="21" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E30" s="22"/>
     </row>
     <row r="31" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="32" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>185</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
     </row>
     <row r="34" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>170</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
     </row>
     <row r="35" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="7" t="s">
         <v>156</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>180</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
     </row>
     <row r="36" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
     </row>
     <row r="37" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>171</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
     </row>
     <row r="38" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>175</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
     </row>
     <row r="41" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
     </row>
     <row r="42" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>171</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>307</v>
-      </c>
+        <v>305</v>
+      </c>
+      <c r="G42" s="1"/>
     </row>
     <row r="43" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="21" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B43" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C43" s="21" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="G43" s="1"/>
+        <v>293</v>
+      </c>
+      <c r="G43" s="22"/>
     </row>
     <row r="44" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="G44" s="22"/>
     </row>
     <row r="45" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
     </row>
     <row r="46" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>109</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="47" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="21" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B47" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C47" s="21" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
     </row>
     <row r="48" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
     </row>
     <row r="49" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>168</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
     </row>
     <row r="50" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>164</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
     </row>
     <row r="51" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>165</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
     </row>
     <row r="52" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
     </row>
     <row r="53" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
     </row>
     <row r="54" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D54" s="2"/>
     </row>
     <row r="55" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
     </row>
     <row r="56" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>178</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E56" s="22"/>
     </row>
     <row r="57" spans="1:5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>171</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="58" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="17" t="s">
         <v>199</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>200</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="59" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>111</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
     </row>
     <row r="60" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>162</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="63" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A63" s="5" t="s">
         <v>143</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>168</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
     </row>
     <row r="64" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
     </row>
     <row r="65" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A65" s="21" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B65" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C65" s="21" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="66" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
     </row>
     <row r="67" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="E67" s="22"/>
     </row>
     <row r="68" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>185</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
     </row>
     <row r="69" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>324</v>
-      </c>
+        <v>322</v>
+      </c>
+      <c r="E69" s="1"/>
     </row>
     <row r="70" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>168</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="71" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B71" s="21" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="E71" s="1"/>
+        <v>323</v>
+      </c>
     </row>
     <row r="72" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B72" s="21" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="73" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B73" s="21" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="E73" s="22"/>
     </row>
     <row r="74" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A74" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>167</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
     </row>
     <row r="75" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A75" s="5" t="s">
         <v>127</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="76" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A76" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D76"/>
+      <c r="E76" s="1"/>
     </row>
     <row r="77" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A77" s="21" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B77" s="21" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="78" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A78" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="E78" s="1"/>
+        <v>326</v>
+      </c>
+      <c r="E78" s="22"/>
     </row>
     <row r="79" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="80" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A80" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A81" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="E81" s="22"/>
     </row>
     <row r="82" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A82" s="16" t="s">
         <v>195</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C82" s="19" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="83" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A83" s="5" t="s">
-        <v>231</v>
+        <v>45</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>161</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>329</v>
       </c>
     </row>
     <row r="84" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A84" s="5" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="85" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A85" s="5" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="86" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A86" s="5" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="87" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>334</v>
-      </c>
+        <v>333</v>
+      </c>
+      <c r="D87" s="22"/>
     </row>
     <row r="88" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A88" s="5" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D88" s="22"/>
+        <v>334</v>
+      </c>
     </row>
     <row r="89" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
-        <v>145</v>
+        <v>12</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="90" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
-        <v>12</v>
+        <v>125</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
     </row>
     <row r="91" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A91" s="5" t="s">
-        <v>125</v>
+        <v>53</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
     </row>
     <row r="92" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
     </row>
-    <row r="93" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>84</v>
+    <row r="93" spans="1:5" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="16" t="s">
+        <v>204</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>340</v>
+        <v>205</v>
       </c>
     </row>
-    <row r="94" spans="1:5" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>204</v>
+    <row r="94" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="6" t="s">
+        <v>216</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>205</v>
+        <v>224</v>
       </c>
     </row>
     <row r="95" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A95" s="6" t="s">
-        <v>216</v>
+      <c r="A95" s="5" t="s">
+        <v>128</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>224</v>
+        <v>419</v>
       </c>
     </row>
     <row r="96" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>421</v>
-      </c>
+        <v>339</v>
+      </c>
+      <c r="D96" s="22"/>
     </row>
-    <row r="97" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B97" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="D97"/>
+    </row>
+    <row r="98" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B99" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="C97" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D97" s="22"/>
+      <c r="C99" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="D99"/>
     </row>
-    <row r="98" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-        <v>161</v>
+    <row r="100" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B100" s="21" t="s">
+        <v>214</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="D100"/>
+        <v>340</v>
+      </c>
     </row>
     <row r="101" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A101" s="8" t="s">
-[...6 lines deleted...]
-        <v>342</v>
+      <c r="A101" s="17" t="s">
+        <v>197</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>198</v>
       </c>
     </row>
-    <row r="102" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>198</v>
+    <row r="102" spans="1:4" s="22" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="25" t="s">
+        <v>468</v>
+      </c>
+      <c r="B102" s="26" t="s">
+        <v>166</v>
+      </c>
+      <c r="C102" s="27" t="s">
+        <v>469</v>
       </c>
     </row>
     <row r="103" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
     </row>
     <row r="104" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
     </row>
     <row r="105" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
     </row>
     <row r="106" spans="1:4" s="22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="107" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
     </row>
     <row r="108" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
     </row>
     <row r="109" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A109" s="21" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B109" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="21" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
     </row>
     <row r="110" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>187</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
     </row>
     <row r="112" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>176</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
     </row>
     <row r="113" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
     </row>
     <row r="114" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A114" s="20" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B114" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="115" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
     </row>
     <row r="116" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
     </row>
     <row r="117" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A117" s="20" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B117" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
     </row>
     <row r="118" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
     </row>
     <row r="119" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A119" s="5" t="s">
         <v>137</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A120" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>160</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>353</v>
-      </c>
+        <v>351</v>
+      </c>
+      <c r="D120" s="3"/>
     </row>
     <row r="121" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>168</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
     </row>
     <row r="122" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
     </row>
     <row r="123" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A123" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
     </row>
     <row r="124" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="125" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A125" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="126" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A126" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="D126" s="3"/>
+      <c r="D126" s="22"/>
       <c r="G126" s="22"/>
     </row>
     <row r="127" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A127" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="128" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A128" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
     </row>
     <row r="129" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A129" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
     </row>
     <row r="130" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A130" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="131" spans="1:4" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A131" s="18" t="s">
         <v>159</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>167</v>
       </c>
       <c r="C131" s="7" t="s">
         <v>184</v>
       </c>
       <c r="D131" s="23"/>
     </row>
     <row r="132" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A132" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A133" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>186</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
     </row>
     <row r="134" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A134" s="6" t="s">
         <v>209</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A135" s="5" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
     </row>
     <row r="136" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A136" s="8" t="s">
         <v>225</v>
       </c>
       <c r="B136" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="137" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A137" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
     </row>
     <row r="138" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A138" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
     </row>
     <row r="139" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A139" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="140" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A140" s="5" t="s">
         <v>113</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
     </row>
     <row r="141" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A141" s="21" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B141" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C141" s="21" t="s">
-        <v>446</v>
-      </c>
+        <v>444</v>
+      </c>
+      <c r="D141" s="4"/>
     </row>
     <row r="142" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="143" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A143" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="144" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A144" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
     </row>
     <row r="145" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A145" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D145" s="22"/>
     </row>
     <row r="146" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A146" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="147" spans="1:4" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
         <v>126</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
     </row>
     <row r="148" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A148" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
     </row>
     <row r="149" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A149" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>178</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D149" s="4"/>
+      <c r="D149" s="22"/>
     </row>
     <row r="150" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A150" s="6" t="s">
         <v>213</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="151" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A151" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>174</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
     </row>
     <row r="152" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A152" s="7" t="s">
         <v>157</v>
       </c>
       <c r="B152" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C152" s="7" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
     </row>
     <row r="153" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A153" s="5" t="s">
         <v>226</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="154" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A154" s="5" t="s">
         <v>144</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>179</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="155" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A155" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>171</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D155" s="22"/>
     </row>
     <row r="156" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A156" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
     </row>
     <row r="157" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A157" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
     </row>
     <row r="158" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A158" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="159" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A159" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A160" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="161" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A161" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="162" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A162" s="5" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
     </row>
     <row r="163" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A163" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="G163" s="22"/>
     </row>
     <row r="164" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A164" s="5" t="s">
         <v>117</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="165" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A165" s="5" t="s">
         <v>97</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="166" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A166" s="17" t="s">
         <v>202</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="167" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A167" s="6" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="168" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A168" s="18" t="s">
         <v>193</v>
       </c>
       <c r="B168" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C168" s="7" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="169" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A169" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="170" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A170" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="171" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A171" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="172" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A172" s="5" t="s">
         <v>149</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="F172" s="9"/>
     </row>
     <row r="173" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A173" s="21" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B173" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C173" s="21" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
     </row>
     <row r="174" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A174" s="20" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
     </row>
     <row r="175" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A175" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
     </row>
     <row r="176" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A176" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
     </row>
     <row r="177" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A177" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D177"/>
     </row>
     <row r="178" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A178" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
     </row>
     <row r="179" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A179" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
     </row>
     <row r="180" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A180" s="5" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
     </row>
     <row r="181" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A181" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="182" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A182" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="183" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A183" s="5" t="s">
         <v>131</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="184" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A184" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
     </row>
     <row r="185" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A185" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
     </row>
     <row r="186" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A186" s="5" t="s">
         <v>114</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
-    <row r="187" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A187" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="D187" s="2"/>
+        <v>385</v>
+      </c>
+      <c r="D187" s="29"/>
     </row>
-    <row r="188" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A188" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
     </row>
-    <row r="189" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A189" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C189" s="6" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
-    <row r="190" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A190" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C190" s="7" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="D190" s="22"/>
+        <v>436</v>
+      </c>
     </row>
-    <row r="191" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A191" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
     </row>
-    <row r="192" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A192" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
     </row>
-    <row r="193" spans="1:3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A193" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
     </row>
-    <row r="194" spans="1:3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A194" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
     </row>
-    <row r="195" spans="1:3" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A195" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
-    <row r="196" spans="1:3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A196" s="8" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
-    <row r="197" spans="1:3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A197" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
     </row>
-    <row r="198" spans="1:3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A198" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
-    <row r="199" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A199" s="20" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B199" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
     </row>
-    <row r="200" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A200" s="5" t="s">
         <v>119</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
     </row>
-    <row r="201" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A201" s="8" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
-    <row r="202" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A202" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
     </row>
-    <row r="203" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A203" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>396</v>
-      </c>
+        <v>394</v>
+      </c>
+      <c r="D203" s="22"/>
     </row>
-    <row r="204" spans="1:3" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:4" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A204" s="5" t="s">
         <v>228</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C204" s="8" t="s">
-        <v>236</v>
-      </c>
+        <v>235</v>
+      </c>
+      <c r="D204" s="23"/>
     </row>
-    <row r="205" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A205" s="21" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B205" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C205" s="21" t="s">
-        <v>451</v>
-      </c>
+        <v>449</v>
+      </c>
+      <c r="D205" s="22"/>
     </row>
-    <row r="206" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A206" s="8" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>247</v>
-      </c>
+        <v>245</v>
+      </c>
+      <c r="D206" s="22"/>
     </row>
-    <row r="207" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A207" s="5" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>285</v>
-      </c>
+        <v>283</v>
+      </c>
+      <c r="D207" s="22"/>
     </row>
-    <row r="208" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A208" s="6" t="s">
         <v>206</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>207</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>208</v>
       </c>
+      <c r="D208" s="22"/>
     </row>
-    <row r="209" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A209" s="21" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B209" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C209" s="21" t="s">
-        <v>452</v>
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D209" s="22"/>
     </row>
-    <row r="210" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A210" s="21" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B210" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C210" s="21" t="s">
-        <v>452</v>
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D210" s="22"/>
     </row>
-    <row r="211" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A211" s="5" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>291</v>
-      </c>
+        <v>289</v>
+      </c>
+      <c r="D211" s="22"/>
     </row>
-    <row r="212" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A212" s="5" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>291</v>
-      </c>
+        <v>289</v>
+      </c>
+      <c r="D212" s="22"/>
     </row>
-    <row r="213" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A213" s="5" t="s">
         <v>139</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>178</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>397</v>
-      </c>
+        <v>395</v>
+      </c>
+      <c r="D213" s="22"/>
     </row>
-    <row r="214" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A214" s="5" t="s">
+    <row r="214" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A214" s="23" t="s">
         <v>107</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>440</v>
-      </c>
+        <v>438</v>
+      </c>
+      <c r="D214" s="22"/>
     </row>
-    <row r="215" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A215" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
     </row>
-    <row r="216" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A216" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
     </row>
-    <row r="217" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A217" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="D217" s="25"/>
+        <v>398</v>
+      </c>
+      <c r="D217" s="29"/>
     </row>
-    <row r="218" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A218" s="21" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B218" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C218" s="21" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="D218" s="22"/>
+        <v>451</v>
+      </c>
     </row>
-    <row r="219" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A219" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D219"/>
+      <c r="E219" s="22"/>
+      <c r="F219" s="22"/>
+      <c r="G219" s="22"/>
+      <c r="H219" s="22"/>
     </row>
-    <row r="220" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A220" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D220"/>
+      <c r="E220" s="22"/>
+      <c r="F220" s="22"/>
+      <c r="G220" s="22"/>
+      <c r="H220" s="22"/>
     </row>
-    <row r="221" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A221" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B221" s="7" t="s">
         <v>166</v>
       </c>
       <c r="C221" s="7" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="D221" s="22"/>
+        <v>401</v>
+      </c>
+      <c r="D221" s="3"/>
     </row>
-    <row r="222" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A222" s="24" t="s">
+    <row r="222" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A222" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D222" s="22"/>
+        <v>274</v>
+      </c>
+      <c r="D222" s="3"/>
     </row>
-    <row r="223" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A223" s="8" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B223" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D223" s="22"/>
+        <v>274</v>
+      </c>
+      <c r="D223" s="3"/>
     </row>
-    <row r="224" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A224" s="5" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B224" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D224"/>
+        <v>274</v>
+      </c>
+      <c r="D224" s="3"/>
     </row>
-    <row r="225" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A225" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="B225" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="B225" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="5" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="D225" s="22"/>
+        <v>460</v>
+      </c>
+      <c r="D225" s="3"/>
     </row>
     <row r="226" spans="1:8" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A226" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="D226" s="23"/>
+        <v>402</v>
+      </c>
+      <c r="D226" s="28"/>
     </row>
-    <row r="227" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A227" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D227" s="22"/>
+      <c r="E227" s="22"/>
+      <c r="F227" s="22"/>
+      <c r="G227" s="22"/>
+      <c r="H227" s="22"/>
     </row>
-    <row r="228" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:8" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D228" s="22"/>
+      <c r="E228" s="22"/>
+      <c r="F228" s="22"/>
+      <c r="G228" s="22"/>
+      <c r="H228" s="22"/>
     </row>
-    <row r="229" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>281</v>
+    <row r="229" spans="1:8" s="1" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="D229" s="22"/>
+        <v>455</v>
+      </c>
+      <c r="D229" s="3"/>
     </row>
-    <row r="230" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A230" s="20" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B230" s="21" t="s">
         <v>214</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>454</v>
-      </c>
+        <v>452</v>
+      </c>
+      <c r="D230" s="3"/>
     </row>
-    <row r="231" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A231" s="28" t="s">
+    <row r="231" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A231" s="6" t="s">
         <v>211</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="C231" s="26" t="s">
+      <c r="C231" s="5" t="s">
         <v>212</v>
       </c>
+      <c r="D231" s="3"/>
     </row>
-    <row r="232" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A232" s="5" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B232" s="21" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C232" s="21" t="s">
-        <v>455</v>
-      </c>
+        <v>453</v>
+      </c>
+      <c r="D232" s="3"/>
     </row>
-    <row r="233" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A233" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>441</v>
-      </c>
+        <v>439</v>
+      </c>
+      <c r="D233" s="3"/>
     </row>
-    <row r="234" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A234" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
     </row>
-    <row r="235" spans="1:8" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H235"/>
+    <row r="235" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="24"/>
+      <c r="B235" s="24"/>
+      <c r="C235" s="24"/>
     </row>
-    <row r="236" spans="1:8" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H236"/>
+    <row r="236" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="237" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="238" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="239" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="240" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="241" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="242" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="243" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="244" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="245" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="246" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="247" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="248" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="249" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="250" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="251" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="252" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="253" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="254" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="255" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="256" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="257" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="258" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="259" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="260" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="261" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="262" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="263" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="264" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="13" t="s">
+        <v>192</v>
+      </c>
+      <c r="B264" s="14"/>
+      <c r="C264" s="14"/>
     </row>
-    <row r="237" spans="1:8" x14ac:dyDescent="0.25"/>
-[...5 lines deleted...]
-      <c r="C238" s="14"/>
+    <row r="265" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="B265" s="14"/>
+      <c r="C265" s="14"/>
     </row>
-    <row r="239" spans="1:8" x14ac:dyDescent="0.25">
-[...76 lines deleted...]
-    <row r="292" x14ac:dyDescent="0.25"/>
+    <row r="266" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="267" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="268" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="269" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="270" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="271" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="272" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="273" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="274" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="275" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="276" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="277" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="278" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="279" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="280" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="281" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="282" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="283" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="284" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="285" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="286" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="287" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="288" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="289" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="290" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="291" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="292" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sort="0"/>
-  <autoFilter ref="A7:XFD231" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition ref="C7:C216"/>
+  <autoFilter ref="A7:XFD234" xr:uid="{00000000-0001-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:XFD234">
+      <sortCondition ref="C7:C233"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:C234">
-    <sortCondition ref="C8:C234"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:C218">
+    <sortCondition ref="C8:C218"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A4:C4"/>
   </mergeCells>
-  <conditionalFormatting sqref="A144">
+  <conditionalFormatting sqref="A136">
     <cfRule type="duplicateValues" dxfId="2" priority="9"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A144">
+  <conditionalFormatting sqref="A136">
     <cfRule type="duplicateValues" dxfId="1" priority="7"/>
     <cfRule type="duplicateValues" dxfId="0" priority="8"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="14" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;5&amp;K009EE3Classification: Sukoon-Business</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>