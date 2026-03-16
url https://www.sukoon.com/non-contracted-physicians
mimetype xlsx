--- v1 (2025-11-09)
+++ v2 (2026-03-16)
@@ -3,85 +3,85 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26731"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\NETWORK ON CLICK!\ADMIN ON CLICK!\NETWORK LIST\2025-Network List\November 2025\EXTRAS\Bupa Montly updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\NETWORK ON CLICK!\ADMIN ON CLICK!\NETWORK LIST\New folder\MARCH 2026\EXTRAS\Bupa Montly updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7B33F8F-532F-4B1A-B91E-DB7DA5A92713}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9842CB5A-140D-42F6-9C77-03A8DB40DAB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Non Contracted Physicians " sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Non Contracted Physicians '!$7:$234</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Non Contracted Physicians '!$7:$235</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="690" uniqueCount="472">
   <si>
     <t>Clinician License</t>
   </si>
   <si>
     <t>Physician Specialty</t>
   </si>
   <si>
     <t>Physician Name</t>
   </si>
   <si>
     <t>DHA-P-0175778</t>
   </si>
   <si>
     <t>DHA-P-0179359</t>
   </si>
   <si>
     <t>MOHD36799</t>
   </si>
   <si>
     <t>GD16410</t>
   </si>
   <si>
     <t>DHA-P-0214662</t>
   </si>
   <si>
@@ -456,53 +456,50 @@
   <si>
     <t>DHA-P-0103040</t>
   </si>
   <si>
     <t>DHA-P-0243953</t>
   </si>
   <si>
     <t>DHA-P-0243951</t>
   </si>
   <si>
     <t>DHA-P-0053299</t>
   </si>
   <si>
     <t>DHA-P-0245491</t>
   </si>
   <si>
     <t>DHA-P-0251358</t>
   </si>
   <si>
     <t>DHA-P-0240113</t>
   </si>
   <si>
     <t>DHA-P-0233235</t>
   </si>
   <si>
-    <t>DHA-P-0231612</t>
-[...1 lines deleted...]
-  <si>
     <t>MOHD23029</t>
   </si>
   <si>
     <t>DHA-P-0089633</t>
   </si>
   <si>
     <t>DHA-P-0245345</t>
   </si>
   <si>
     <t>MOHD19852</t>
   </si>
   <si>
     <t>MOHD59839</t>
   </si>
   <si>
     <t>GD10561</t>
   </si>
   <si>
     <t>GD19696</t>
   </si>
   <si>
     <t>GD22494</t>
   </si>
   <si>
     <t>GD24708</t>
@@ -747,56 +744,50 @@
   <si>
     <t>DHA-P-0225760</t>
   </si>
   <si>
     <t>V4397</t>
   </si>
   <si>
     <t>MOHV4397</t>
   </si>
   <si>
     <t>Dr Abdul Rahman Ahmad Alkrad</t>
   </si>
   <si>
     <t>Dr Morteza Karimi Seffat</t>
   </si>
   <si>
     <t xml:space="preserve">Dr Pervez Muhammad Aslam </t>
   </si>
   <si>
     <t>Dr Abdul Malik Nadirsha</t>
   </si>
   <si>
     <t>Dr Suji Shajahan</t>
   </si>
   <si>
-    <t>DHA-P-0248199</t>
-[...4 lines deleted...]
-  <si>
     <t>DHA-P-61875412</t>
   </si>
   <si>
     <t>Dr Ali Al Ghrebawi</t>
   </si>
   <si>
     <t>MOHD69007</t>
   </si>
   <si>
     <t>MOHD18668</t>
   </si>
   <si>
     <t>MOHD64267</t>
   </si>
   <si>
     <t>MOHD67567</t>
   </si>
   <si>
     <t>Dr Ajmal Hashar</t>
   </si>
   <si>
     <t>Dr Sunil Karthikeyan</t>
   </si>
   <si>
     <t>Dr Shiljina Manikkoth</t>
@@ -1224,53 +1215,50 @@
   <si>
     <t>Dr Sharfudheen Chirakkal</t>
   </si>
   <si>
     <t>Dr Shazra Jennath Mohomed Niyas</t>
   </si>
   <si>
     <t>Dr Shehzad Hussain Mulazim Hussain</t>
   </si>
   <si>
     <t>Dr Shoeb Hussain Kutab</t>
   </si>
   <si>
     <t>Dr Siva Prasad  Gongala Reddy</t>
   </si>
   <si>
     <t>Dr Sruthi S J Nair</t>
   </si>
   <si>
     <t>Dr Suha Khalid Manssi</t>
   </si>
   <si>
     <t>Dr Suhail Memon</t>
   </si>
   <si>
-    <t>Dr Tamer Moustafa</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr Teja Machani</t>
   </si>
   <si>
     <t>Dr Thushara Ragesh</t>
   </si>
   <si>
     <t>Dr Tooba Farooq</t>
   </si>
   <si>
     <t>Dr Umair  Ali</t>
   </si>
   <si>
     <t>Dr V Premkumar</t>
   </si>
   <si>
     <t>Dr Veerbhadra Rao Vadapalli</t>
   </si>
   <si>
     <t>Dr Vinash Kamal</t>
   </si>
   <si>
     <t>Dr Vineet Kumar Gupta</t>
   </si>
   <si>
     <t>Dr Vinod Kumar</t>
@@ -1425,72 +1413,90 @@
   <si>
     <t xml:space="preserve">Dr Amit Kumar </t>
   </si>
   <si>
     <t>Dr Vishnu</t>
   </si>
   <si>
     <t>Dr Punathil Shafnabee</t>
   </si>
   <si>
     <t>Dr Madhawa Samrasekara</t>
   </si>
   <si>
     <t>DHA-P-0208941</t>
   </si>
   <si>
     <t>DHA-P-0068477</t>
   </si>
   <si>
     <t xml:space="preserve">Dr Victoria Geoge </t>
   </si>
   <si>
     <t xml:space="preserve">Dermatologist </t>
   </si>
   <si>
-    <t>DHA-P-0230298</t>
-[...4 lines deleted...]
-  <si>
     <t>D64267</t>
   </si>
   <si>
     <t>Dr Shijina Manikkoth</t>
   </si>
   <si>
     <t>DHA-P-0151860</t>
   </si>
   <si>
     <t>Dr Lubna Mohammad</t>
   </si>
   <si>
     <t>GD10693</t>
   </si>
   <si>
     <t>Dr Khalid Zaki Abd Elhamied</t>
+  </si>
+  <si>
+    <t>DHA-P-47448356</t>
+  </si>
+  <si>
+    <t>DHA-P-0108037</t>
+  </si>
+  <si>
+    <t>DHA-P-80221858</t>
+  </si>
+  <si>
+    <t>DHA-P-0077081</t>
+  </si>
+  <si>
+    <t>Dr Amir Mohammad</t>
+  </si>
+  <si>
+    <t>Dr Vishnu Chaitanya</t>
+  </si>
+  <si>
+    <t>Dr Prayrna Sharma</t>
+  </si>
+  <si>
+    <t>Dr Pramasha Manoj</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1555,170 +1561,158 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7030A0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF5E00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 4" xfId="1" xr:uid="{9BB5CDD4-282E-46F9-903F-6AFE3CBC0F22}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
@@ -2007,51 +2001,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:XFD292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C245" sqref="C245"/>
+      <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="45" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="5" max="16384" width="0" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16384" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="11"/>
       <c r="B1" s="12"/>
       <c r="C1" s="11"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
     </row>
     <row r="2" spans="1:16384" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="11"/>
       <c r="B2" s="12"/>
       <c r="C2" s="11"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
     </row>
@@ -10227,55 +10221,55 @@
       <c r="XDK3" s="11"/>
       <c r="XDM3" s="11"/>
       <c r="XDO3" s="11"/>
       <c r="XDQ3" s="11"/>
       <c r="XDS3" s="11"/>
       <c r="XDU3" s="11"/>
       <c r="XDW3" s="11"/>
       <c r="XDY3" s="11"/>
       <c r="XEA3" s="11"/>
       <c r="XEC3" s="11"/>
       <c r="XEE3" s="11"/>
       <c r="XEG3" s="11"/>
       <c r="XEI3" s="11"/>
       <c r="XEK3" s="11"/>
       <c r="XEM3" s="11"/>
       <c r="XEO3" s="11"/>
       <c r="XEQ3" s="11"/>
       <c r="XES3" s="11"/>
       <c r="XEU3" s="11"/>
       <c r="XEW3" s="11"/>
       <c r="XEY3" s="11"/>
       <c r="XFA3" s="11"/>
       <c r="XFC3" s="11"/>
     </row>
     <row r="4" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="30" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="30"/>
+      <c r="A4" s="29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" s="29"/>
+      <c r="C4" s="29"/>
       <c r="D4" s="12"/>
       <c r="E4" s="11"/>
       <c r="F4" s="12"/>
       <c r="G4" s="11"/>
       <c r="H4" s="12"/>
       <c r="I4" s="11"/>
       <c r="J4" s="12"/>
       <c r="K4" s="11"/>
       <c r="L4" s="12"/>
       <c r="M4" s="11"/>
       <c r="N4" s="12"/>
       <c r="O4" s="11"/>
       <c r="P4" s="12"/>
       <c r="Q4" s="11"/>
       <c r="R4" s="12"/>
       <c r="S4" s="11"/>
       <c r="T4" s="12"/>
       <c r="U4" s="11"/>
       <c r="V4" s="12"/>
       <c r="W4" s="11"/>
       <c r="X4" s="12"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="12"/>
       <c r="AA4" s="11"/>
       <c r="AB4" s="12"/>
@@ -43017,2711 +43011,2717 @@
       <c r="XEX5" s="12"/>
       <c r="XEY5" s="11"/>
       <c r="XEZ5" s="12"/>
       <c r="XFA5" s="11"/>
       <c r="XFB5" s="12"/>
       <c r="XFC5" s="11"/>
       <c r="XFD5" s="12"/>
     </row>
     <row r="6" spans="1:16384" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:16384" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="10" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="20" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="20" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="20" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="20" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="20" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="20" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:16384" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="20" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="20" t="s">
+        <v>229</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="C18" s="8" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="19" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="E19" s="22"/>
     </row>
     <row r="20" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
     </row>
     <row r="21" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="23" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
     </row>
     <row r="24" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
     </row>
     <row r="25" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="20" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B26" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="27" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>92</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="28" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
     </row>
     <row r="29" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="30" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>67</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>160</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="E30" s="22"/>
+        <v>187</v>
+      </c>
     </row>
     <row r="31" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>161</v>
+        <v>184</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="32" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
-        <v>60</v>
+        <v>235</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>182</v>
+        <v>236</v>
       </c>
     </row>
     <row r="33" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
-        <v>238</v>
+        <v>106</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
     </row>
     <row r="34" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A34" s="5" t="s">
-[...6 lines deleted...]
-        <v>239</v>
+      <c r="A34" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="35" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A35" s="7" t="s">
-[...6 lines deleted...]
-        <v>410</v>
+      <c r="A35" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="36" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A36" s="5" t="s">
-[...6 lines deleted...]
-        <v>302</v>
+      <c r="A36" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>407</v>
       </c>
     </row>
-    <row r="37" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      </c>
+    <row r="37" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A38" s="5" t="s">
-        <v>134</v>
+      <c r="A38" s="8" t="s">
+        <v>464</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>175</v>
+        <v>213</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>468</v>
+      </c>
     </row>
     <row r="39" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>304</v>
-      </c>
+        <v>301</v>
+      </c>
+      <c r="G41" s="1"/>
     </row>
     <row r="42" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="G42" s="1"/>
+        <v>302</v>
+      </c>
+      <c r="G42" s="22"/>
     </row>
     <row r="43" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="21" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B43" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C43" s="21" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="G43" s="22"/>
     </row>
     <row r="44" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="G44" s="22"/>
     </row>
     <row r="45" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
     </row>
     <row r="46" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>109</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="47" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="21" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B47" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C47" s="21" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="48" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
     </row>
     <row r="49" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="50" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
     </row>
     <row r="51" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="52" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="53" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
     </row>
     <row r="54" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="D54" s="2"/>
     </row>
     <row r="55" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="7" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="56" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="E56" s="22"/>
     </row>
     <row r="57" spans="1:5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
     <row r="58" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="17" t="s">
+        <v>198</v>
+      </c>
+      <c r="B58" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="B58" s="5" t="s">
+      <c r="C58" s="5" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="59" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>111</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
     </row>
     <row r="60" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
     </row>
     <row r="61" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
     </row>
     <row r="62" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A63" s="5" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
     </row>
     <row r="64" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="65" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A65" s="21" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B65" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C65" s="21" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
     </row>
     <row r="66" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
     </row>
     <row r="67" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E67" s="22"/>
     </row>
     <row r="68" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>321</v>
-      </c>
+        <v>318</v>
+      </c>
+      <c r="E68" s="1"/>
     </row>
     <row r="69" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="E69" s="1"/>
+        <v>319</v>
+      </c>
+      <c r="E69" s="22"/>
     </row>
     <row r="70" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B71" s="21" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="72" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B72" s="21" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="B73" s="21" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E73" s="22"/>
     </row>
     <row r="74" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A74" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
     </row>
     <row r="75" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A75" s="5" t="s">
         <v>127</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>418</v>
-      </c>
+        <v>414</v>
+      </c>
+      <c r="E75" s="1"/>
     </row>
     <row r="76" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A76" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D76"/>
-      <c r="E76" s="1"/>
     </row>
     <row r="77" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A77" s="21" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B77" s="21" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
     </row>
     <row r="78" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A78" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="E78" s="22"/>
     </row>
     <row r="79" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
     </row>
     <row r="80" spans="1:5" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A80" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A81" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="E81" s="22"/>
     </row>
     <row r="82" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A82" s="16" t="s">
+        <v>194</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C82" s="19" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="83" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A83" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A84" s="5" t="s">
         <v>99</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
     </row>
     <row r="85" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A85" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
     </row>
     <row r="86" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A86" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
     </row>
     <row r="87" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
         <v>132</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="D87" s="22"/>
     </row>
     <row r="88" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A88" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
     </row>
     <row r="89" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
     </row>
     <row r="90" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
         <v>125</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
     </row>
     <row r="91" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A91" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
     </row>
     <row r="92" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
     </row>
     <row r="93" spans="1:5" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A93" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C93" s="5" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="94" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A94" s="6" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="95" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
         <v>128</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
     </row>
     <row r="96" spans="1:5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D96" s="22"/>
     </row>
     <row r="97" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A99" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D99"/>
     </row>
     <row r="100" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A100" s="8" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B100" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
     </row>
     <row r="101" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A101" s="17" t="s">
+        <v>196</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C101" s="7" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="102" spans="1:4" s="22" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="25" t="s">
-[...6 lines deleted...]
-        <v>469</v>
+      <c r="A102" s="24" t="s">
+        <v>462</v>
+      </c>
+      <c r="B102" s="25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C102" s="26" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="103" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
     </row>
     <row r="104" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="105" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
     </row>
     <row r="106" spans="1:4" s="22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="B106" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="107" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
     </row>
     <row r="108" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
     </row>
     <row r="109" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A109" s="21" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B109" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C109" s="21" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
     </row>
     <row r="110" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
     </row>
     <row r="111" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
     </row>
     <row r="112" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="113" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
     </row>
     <row r="114" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A114" s="20" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B114" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
     </row>
     <row r="115" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
     </row>
     <row r="116" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A117" s="20" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B117" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
     </row>
     <row r="118" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>349</v>
-      </c>
+        <v>346</v>
+      </c>
+      <c r="D118" s="3"/>
     </row>
     <row r="119" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A119" s="5" t="s">
         <v>137</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>350</v>
-      </c>
+        <v>347</v>
+      </c>
+      <c r="D119" s="22"/>
     </row>
     <row r="120" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A120" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="D120" s="3"/>
+        <v>348</v>
+      </c>
+      <c r="D120" s="22"/>
     </row>
     <row r="121" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
     </row>
     <row r="122" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="123" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A123" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="124" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="125" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A125" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="126" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A126" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D126" s="22"/>
       <c r="G126" s="22"/>
     </row>
     <row r="127" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A127" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="128" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A128" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A129" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
     </row>
     <row r="130" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A130" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="131" spans="1:4" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A131" s="18" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D131" s="23"/>
     </row>
     <row r="132" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A132" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A133" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="134" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A134" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C134" s="5" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A135" s="5" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
     </row>
     <row r="136" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A136" s="8" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B136" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="137" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A137" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
     </row>
     <row r="138" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A138" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
     </row>
     <row r="139" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A139" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>359</v>
-      </c>
+        <v>356</v>
+      </c>
+      <c r="D139" s="4"/>
     </row>
     <row r="140" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A140" s="5" t="s">
         <v>113</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>360</v>
-      </c>
+        <v>357</v>
+      </c>
+      <c r="D140" s="22"/>
     </row>
     <row r="141" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A141" s="21" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B141" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C141" s="21" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="D141" s="4"/>
+        <v>440</v>
+      </c>
+      <c r="D141" s="22"/>
     </row>
     <row r="142" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
     </row>
     <row r="143" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A143" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="144" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A144" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
     </row>
     <row r="145" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A145" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D145" s="22"/>
     </row>
     <row r="146" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A146" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
     </row>
     <row r="147" spans="1:4" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
         <v>126</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="148" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A148" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
     </row>
     <row r="149" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A149" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D149" s="22"/>
     </row>
     <row r="150" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A150" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="B150" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="B150" s="5" t="s">
+      <c r="C150" s="5" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="151" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A151" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
     </row>
     <row r="152" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A152" s="7" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B152" s="8" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C152" s="7" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
     </row>
     <row r="153" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A153" s="5" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="154" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A154" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
     </row>
     <row r="155" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A155" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D155" s="22"/>
     </row>
     <row r="156" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A156" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A157" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="B156" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B157" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>428</v>
+        <v>366</v>
       </c>
     </row>
     <row r="158" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A158" s="5" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
     </row>
     <row r="159" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A159" s="5" t="s">
-        <v>48</v>
+        <v>466</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="D159"/>
+        <v>470</v>
+      </c>
     </row>
     <row r="160" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A160" s="5" t="s">
-        <v>5</v>
+        <v>141</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>370</v>
+        <v>425</v>
       </c>
     </row>
-    <row r="161" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A161" s="5" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>371</v>
-      </c>
+        <v>441</v>
+      </c>
+      <c r="D161"/>
     </row>
     <row r="162" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A162" s="5" t="s">
-        <v>280</v>
+        <v>5</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>214</v>
+        <v>160</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>456</v>
+        <v>367</v>
       </c>
     </row>
     <row r="163" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A163" s="5" t="s">
-        <v>147</v>
+        <v>37</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="G163" s="22"/>
+        <v>368</v>
+      </c>
     </row>
     <row r="164" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A164" s="5" t="s">
-        <v>117</v>
+        <v>277</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>161</v>
+        <v>213</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>372</v>
+        <v>452</v>
       </c>
     </row>
     <row r="165" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A165" s="5" t="s">
-        <v>97</v>
+        <v>146</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>431</v>
-      </c>
+        <v>426</v>
+      </c>
+      <c r="G165" s="22"/>
     </row>
     <row r="166" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A166" s="17" t="s">
-        <v>202</v>
+      <c r="A166" s="5" t="s">
+        <v>117</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>203</v>
+        <v>369</v>
       </c>
     </row>
     <row r="167" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A167" s="6" t="s">
-        <v>236</v>
+      <c r="A167" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>237</v>
+        <v>427</v>
       </c>
     </row>
     <row r="168" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A168" s="18" t="s">
-[...6 lines deleted...]
-        <v>194</v>
+      <c r="A168" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="169" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A169" s="5" t="s">
+      <c r="A169" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="B169" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="C169" s="7" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A170" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="B169" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B170" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>432</v>
+        <v>370</v>
       </c>
     </row>
     <row r="171" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A171" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A172" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B171" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B172" s="5" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="F172" s="9"/>
+        <v>371</v>
+      </c>
     </row>
     <row r="173" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A173" s="21" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A173" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="F173" s="9"/>
     </row>
     <row r="174" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A174" s="20" t="s">
-[...6 lines deleted...]
-        <v>447</v>
+      <c r="A174" s="21" t="s">
+        <v>247</v>
+      </c>
+      <c r="B174" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C174" s="21" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="175" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A175" s="5" t="s">
-        <v>11</v>
+      <c r="A175" s="20" t="s">
+        <v>262</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>375</v>
+        <v>443</v>
       </c>
     </row>
     <row r="176" spans="1:7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A176" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A177" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="B176" s="5" t="s">
-[...3 lines deleted...]
-        <v>376</v>
+      <c r="B177" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>373</v>
       </c>
     </row>
-    <row r="177" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A177" s="5" t="s">
+    <row r="178" spans="1:4" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A178" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="B177" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="B178" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>377</v>
-      </c>
+        <v>430</v>
+      </c>
+      <c r="D178"/>
     </row>
     <row r="179" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A179" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
     </row>
     <row r="180" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A180" s="5" t="s">
-        <v>282</v>
+        <v>18</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>214</v>
+        <v>165</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>284</v>
+        <v>375</v>
       </c>
     </row>
     <row r="181" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A181" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A182" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="B181" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C181" s="5" t="s">
+      <c r="B182" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A183" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A184" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A185" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C185" s="5" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="182" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C182" s="5" t="s">
+    <row r="186" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A186" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C186" s="5" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="183" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C183" s="5" t="s">
+    <row r="187" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A187" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C187" s="5" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="184" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C184" s="5" t="s">
+    <row r="188" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A188" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C188" s="5" t="s">
         <v>382</v>
       </c>
+      <c r="D188" s="27"/>
     </row>
-    <row r="185" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C185" s="5" t="s">
+    <row r="189" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A189" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C189" s="5" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="186" spans="1:4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C186" s="5" t="s">
+    <row r="190" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A190" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A191" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C191" s="7" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A192" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C192" s="5" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="187" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C187" s="5" t="s">
+    <row r="193" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A193" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C193" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="D187" s="29"/>
     </row>
-    <row r="188" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C188" s="5" t="s">
+    <row r="194" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A194" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C194" s="5" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="189" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>435</v>
+    <row r="195" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A195" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>433</v>
       </c>
     </row>
-    <row r="190" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>436</v>
+    <row r="196" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A196" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>459</v>
       </c>
     </row>
-    <row r="191" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C191" s="5" t="s">
+    <row r="197" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A197" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A198" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C198" s="5" t="s">
         <v>387</v>
       </c>
+      <c r="D198" s="22"/>
     </row>
-    <row r="192" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C192" s="5" t="s">
+    <row r="199" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A199" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C199" s="5" t="s">
         <v>388</v>
       </c>
+      <c r="D199" s="22"/>
     </row>
-    <row r="193" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C193" s="5" t="s">
+    <row r="200" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A200" s="20" t="s">
+        <v>259</v>
+      </c>
+      <c r="B200" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="D200" s="22"/>
+    </row>
+    <row r="201" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A201" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C201" s="5" t="s">
         <v>389</v>
       </c>
+      <c r="D201" s="22"/>
     </row>
-    <row r="194" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      </c>
+    <row r="202" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A202" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D202" s="22"/>
     </row>
-    <row r="195" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-      <c r="C197" s="5" t="s">
+    <row r="203" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A203" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C203" s="5" t="s">
         <v>390</v>
-      </c>
-[...64 lines deleted...]
-        <v>394</v>
       </c>
       <c r="D203" s="22"/>
     </row>
-    <row r="204" spans="1:4" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A204" s="5" t="s">
-        <v>228</v>
+        <v>136</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>214</v>
-[...4 lines deleted...]
-      <c r="D204" s="23"/>
+        <v>165</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="D204" s="22"/>
     </row>
-    <row r="205" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D205" s="22"/>
+    <row r="205" spans="1:4" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A205" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C205" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="D205" s="23"/>
     </row>
-    <row r="206" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C206" s="5" t="s">
+    <row r="206" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A206" s="21" t="s">
         <v>245</v>
+      </c>
+      <c r="B206" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C206" s="21" t="s">
+        <v>445</v>
       </c>
       <c r="D206" s="22"/>
     </row>
-    <row r="207" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>281</v>
+    <row r="207" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A207" s="8" t="s">
+        <v>238</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>283</v>
+        <v>242</v>
       </c>
       <c r="D207" s="22"/>
     </row>
-    <row r="208" spans="1:4" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A208" s="6" t="s">
+    <row r="208" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A208" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A209" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="B209" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="B208" s="5" t="s">
+      <c r="C209" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C208" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D208" s="22"/>
     </row>
-    <row r="209" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D209" s="22"/>
+    <row r="210" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A210" s="21" t="s">
+        <v>249</v>
+      </c>
+      <c r="B210" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C210" s="21" t="s">
+        <v>446</v>
+      </c>
     </row>
-    <row r="210" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D210" s="22"/>
+    <row r="211" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A211" s="21" t="s">
+        <v>250</v>
+      </c>
+      <c r="B211" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C211" s="21" t="s">
+        <v>446</v>
+      </c>
+      <c r="D211" s="22"/>
+      <c r="E211" s="22"/>
+      <c r="F211" s="22"/>
+      <c r="G211" s="22"/>
+      <c r="H211" s="22"/>
     </row>
-    <row r="211" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D211" s="22"/>
+    <row r="212" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A212" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D212" s="22"/>
+      <c r="E212" s="22"/>
+      <c r="F212" s="22"/>
+      <c r="G212" s="22"/>
+      <c r="H212" s="22"/>
     </row>
-    <row r="212" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D212" s="22"/>
+    <row r="213" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A213" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D213" s="3"/>
     </row>
-    <row r="213" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D213" s="22"/>
+    <row r="214" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A214" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="D214" s="3"/>
     </row>
-    <row r="214" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-    <row r="215" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A215" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>396</v>
-      </c>
+        <v>392</v>
+      </c>
+      <c r="D215" s="3"/>
     </row>
-    <row r="216" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A216" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>397</v>
-      </c>
+        <v>393</v>
+      </c>
+      <c r="D216" s="3"/>
     </row>
-    <row r="217" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A217" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D217" s="29"/>
+        <v>394</v>
+      </c>
+      <c r="D217" s="28"/>
     </row>
-    <row r="218" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A218" s="21" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B218" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C218" s="21" t="s">
-        <v>451</v>
-      </c>
+        <v>447</v>
+      </c>
+      <c r="D218" s="22"/>
+      <c r="E218" s="22"/>
+      <c r="F218" s="22"/>
+      <c r="G218" s="22"/>
+      <c r="H218" s="22"/>
     </row>
-    <row r="219" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A219" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="D219"/>
+        <v>395</v>
+      </c>
+      <c r="D219" s="22"/>
       <c r="E219" s="22"/>
       <c r="F219" s="22"/>
       <c r="G219" s="22"/>
       <c r="H219" s="22"/>
     </row>
-    <row r="220" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A220" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>400</v>
-[...5 lines deleted...]
-      <c r="H220" s="22"/>
+        <v>396</v>
+      </c>
+      <c r="D220" s="3"/>
     </row>
-    <row r="221" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A221" s="7" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B221" s="7" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C221" s="7" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="D221" s="3"/>
     </row>
-    <row r="222" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A222" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D222" s="3"/>
     </row>
-    <row r="223" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A223" s="8" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B223" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D223" s="3"/>
     </row>
-    <row r="224" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A224" s="5" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B224" s="21" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D224" s="3"/>
+        <v>271</v>
+      </c>
     </row>
-    <row r="225" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A225" s="5" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="D225" s="3"/>
+        <v>456</v>
+      </c>
     </row>
-    <row r="226" spans="1:8" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:3" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A226" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="D226" s="28"/>
+        <v>398</v>
+      </c>
     </row>
-    <row r="227" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A227" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>403</v>
-[...5 lines deleted...]
-      <c r="H227" s="22"/>
+        <v>399</v>
+      </c>
     </row>
-    <row r="228" spans="1:8" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>404</v>
-[...5 lines deleted...]
-      <c r="H228" s="22"/>
+        <v>400</v>
+      </c>
     </row>
-    <row r="229" spans="1:8" s="1" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="5" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="D229" s="3"/>
+        <v>451</v>
+      </c>
     </row>
-    <row r="230" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>214</v>
+    <row r="230" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A230" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>165</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="D230" s="3"/>
+        <v>469</v>
+      </c>
     </row>
-    <row r="231" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A231" s="6" t="s">
+    <row r="231" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A231" s="20" t="s">
+        <v>261</v>
+      </c>
+      <c r="B231" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A232" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C232" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="B231" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D231" s="3"/>
     </row>
-    <row r="232" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D232" s="3"/>
+    <row r="233" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A233" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="B233" s="21" t="s">
+        <v>256</v>
+      </c>
+      <c r="C233" s="21" t="s">
+        <v>449</v>
+      </c>
     </row>
-    <row r="233" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A233" s="5" t="s">
+    <row r="234" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A234" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="B233" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D233" s="3"/>
+      <c r="B234" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>435</v>
+      </c>
     </row>
-    <row r="234" spans="1:8" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A234" s="5" t="s">
+    <row r="235" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A235" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="B234" s="5" t="s">
-[...3 lines deleted...]
-        <v>405</v>
+      <c r="B235" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>401</v>
       </c>
     </row>
-    <row r="235" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C235" s="24"/>
+    <row r="236" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="237" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="238" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="239" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="240" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="241" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="242" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="243" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="244" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="245" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="246" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="247" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="248" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="249" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="250" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="251" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="252" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="253" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="254" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A254" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="B254" s="14"/>
+      <c r="C254" s="14"/>
     </row>
-    <row r="236" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...32 lines deleted...]
-      <c r="C264" s="14"/>
+    <row r="255" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A255" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="B255" s="14"/>
+      <c r="C255" s="14"/>
     </row>
-    <row r="265" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    <row r="272" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="256" spans="1:3" x14ac:dyDescent="0.25"/>
+    <row r="257" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="258" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="259" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="260" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="261" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="262" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="263" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="264" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="265" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="266" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="267" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="268" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="269" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="270" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="271" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="272" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="273" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="274" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="275" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="276" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="277" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="278" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="279" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="280" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="281" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="282" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="283" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="284" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="285" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="286" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="287" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="288" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="289" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="290" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="291" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="292" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sort="0"/>
-  <autoFilter ref="A7:XFD234" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition ref="C7:C233"/>
+  <autoFilter ref="A7:XFD235" xr:uid="{00000000-0001-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:XFD235">
+      <sortCondition ref="C7:C235"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:C218">
-    <sortCondition ref="C8:C218"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:C210">
+    <sortCondition ref="C8:C210"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A4:C4"/>
   </mergeCells>
-  <conditionalFormatting sqref="A136">
+  <conditionalFormatting sqref="A134">
     <cfRule type="duplicateValues" dxfId="2" priority="9"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A136">
+  <conditionalFormatting sqref="A134">
     <cfRule type="duplicateValues" dxfId="1" priority="7"/>
     <cfRule type="duplicateValues" dxfId="0" priority="8"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="14" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;5&amp;K009EE3Classification: Sukoon-Business</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>